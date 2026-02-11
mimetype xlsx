--- v0 (2025-10-13)
+++ v1 (2026-02-11)
@@ -3,60 +3,60 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="27928"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="J:\Communications\Lauren Grohs\Web\Talent Development Internet Pages\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="J:\Communications\Lauren Grohs\Web\DOP Internet Pages\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{709647C6-C9ED-40FE-AE32-037C6E3E2F4F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{FD73D802-CBCD-4517-82CF-12D0D873E445}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="5625" yWindow="2190" windowWidth="21600" windowHeight="11385" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
     <sheet name="Sheet2" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="Contribution">Sheet1!$B$45</definedName>
     <definedName name="medical">Sheet1!$B$43</definedName>
     <definedName name="Pension">Sheet2!$A$16</definedName>
     <definedName name="Retirement">Sheet1!$B$45</definedName>
     <definedName name="SocSec">Sheet2!$A$20</definedName>
     <definedName name="SS">Sheet1!$C$45</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
@@ -252,54 +252,54 @@
       <t>)</t>
     </r>
   </si>
   <si>
     <t>Vacation</t>
   </si>
   <si>
     <t>Sick Leave</t>
   </si>
   <si>
     <t>Paid time off is included in salary value in chart</t>
   </si>
   <si>
     <t>Enter Compensation Here</t>
   </si>
   <si>
     <t>Paid Time Off Hours Per Pay Period</t>
   </si>
   <si>
     <t>*** There are 13 State holidays which averages out to 4 .33 hours of holiday pay per pay period.</t>
   </si>
   <si>
     <t>Parental leave is available for employees to receive paid time off work to nurture and bond following the birth or adoption of his or her child. Primary caregivers may receive up to six weeks of paid parental leave. Secondary caregivers may receive up to three weeks paid parental leave.</t>
   </si>
   <si>
-    <t>** For 2024, there is a salary cap of $168,600 for social security. The 6.2% is not paid on any base salary above that amount.</t>
-[...2 lines deleted...]
-    <t>Effective 07/31/25</t>
+    <t>** For 2025, there is a salary cap of $176,100 for social security. The 6.2% is not paid on any base salary above that amount.</t>
+  </si>
+  <si>
+    <t>Effective 01/15/26</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="4">
     <numFmt numFmtId="7" formatCode="&quot;$&quot;#,##0.00_);\(&quot;$&quot;#,##0.00\)"/>
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="[$$-409]#,##0.00_);\([$$-409]#,##0.00\)"/>
     <numFmt numFmtId="165" formatCode="0.000%"/>
   </numFmts>
   <fonts count="39" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -947,53 +947,55 @@
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="7" fontId="16" fillId="4" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="7" fontId="36" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="8" applyFill="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="4" xfId="8" applyProtection="1"/>
     <xf numFmtId="7" fontId="32" fillId="10" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="7" fontId="32" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="6" applyFill="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="49" fontId="28" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="8" borderId="11" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="8" borderId="13" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="6" borderId="0" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="7" fontId="32" fillId="10" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="37" fillId="7" borderId="9" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="37" fillId="7" borderId="0" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="9" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="5" xfId="10" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="12" xfId="10" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
@@ -1271,84 +1273,84 @@
                 </a:pPr>
                 <a:endParaRPr lang="en-US"/>
               </a:p>
             </c:txPr>
             <c:dLblPos val="inEnd"/>
             <c:showLegendKey val="0"/>
             <c:showVal val="0"/>
             <c:showCatName val="0"/>
             <c:showSerName val="0"/>
             <c:showPercent val="1"/>
             <c:showBubbleSize val="0"/>
             <c:showLeaderLines val="1"/>
             <c:extLst>
               <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
             </c:extLst>
           </c:dLbls>
           <c:cat>
             <c:strRef>
               <c:f>Sheet2!$A$1:$A$5</c:f>
               <c:strCache>
                 <c:ptCount val="5"/>
                 <c:pt idx="0">
                   <c:v>Salary (Includes 5 hours vacation and 5 hours sick leave)</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>Medical Insurance ($589 the state pays)</c:v>
+                  <c:v>Medical Insurance ($587 the state pays)</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>Retirement * (30.24% the state pays)</c:v>
+                  <c:v>Retirement * (30.25% the state pays)</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>Social Security ** (6.2% the state pays)</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>Other *** (LTD, Basic Life, Medicare, Retiree Medical)</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Sheet2!$B$1:$B$5</c:f>
               <c:numCache>
                 <c:formatCode>"$"#,##0.00_);\("$"#,##0.00\)</c:formatCode>
                 <c:ptCount val="5"/>
                 <c:pt idx="0">
-                  <c:v>1800</c:v>
+                  <c:v>1500</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>589</c:v>
+                  <c:v>587</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>544.32000000000005</c:v>
+                  <c:v>453.75</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>111.6</c:v>
+                  <c:v>93</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>100.566</c:v>
+                  <c:v>87.704999999999984</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{0000000B-C1BD-4B1F-94A1-61E55368A6AC}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
           <c:showLeaderLines val="1"/>
         </c:dLbls>
         <c:firstSliceAng val="0"/>
       </c:pieChart>
       <c:spPr>
         <a:noFill/>
         <a:ln w="25400">
           <a:noFill/>
@@ -1845,51 +1847,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sos.mo.gov/library/reference/orders/2017/eo9" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:BF52"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
-      <selection activeCell="B33" sqref="B33"/>
+      <selection activeCell="A36" sqref="A36:XFD51"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="51"/>
     <col min="2" max="2" width="32.7109375" style="1" customWidth="1"/>
     <col min="3" max="3" width="53.28515625" style="1" customWidth="1"/>
     <col min="4" max="4" width="31.85546875" style="1" customWidth="1"/>
     <col min="5" max="5" width="4" style="1" customWidth="1"/>
     <col min="6" max="6" width="8.7109375" style="1" customWidth="1"/>
     <col min="7" max="7" width="53.42578125" style="1" customWidth="1"/>
     <col min="8" max="8" width="5.42578125" style="1" customWidth="1"/>
     <col min="9" max="9" width="20.42578125" style="1" customWidth="1"/>
     <col min="10" max="10" width="19.7109375" style="1" customWidth="1"/>
     <col min="11" max="11" width="26.85546875" style="1" customWidth="1"/>
     <col min="12" max="16" width="15.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="17" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:58" s="50" customFormat="1" ht="124.5" customHeight="1" x14ac:dyDescent="0.7">
       <c r="A1" s="48"/>
       <c r="B1" s="82"/>
       <c r="C1" s="82"/>
       <c r="D1" s="82"/>
       <c r="E1" s="82"/>
@@ -2046,64 +2048,64 @@
       <c r="AG7" s="1"/>
       <c r="AH7" s="1"/>
       <c r="AI7" s="1"/>
       <c r="AJ7" s="1"/>
       <c r="AK7" s="1"/>
       <c r="AL7" s="1"/>
       <c r="AM7" s="1"/>
       <c r="AN7" s="1"/>
       <c r="AO7" s="1"/>
       <c r="AP7" s="1"/>
       <c r="AQ7" s="1"/>
       <c r="AR7" s="1"/>
       <c r="AS7" s="1"/>
       <c r="AT7" s="1"/>
       <c r="AU7" s="1"/>
       <c r="AV7" s="1"/>
       <c r="AW7" s="1"/>
       <c r="AX7" s="1"/>
       <c r="AY7" s="1"/>
       <c r="AZ7" s="1"/>
     </row>
     <row r="8" spans="1:58" s="63" customFormat="1" ht="41.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A8" s="57"/>
       <c r="B8" s="28">
         <f>(G8*24)/2080</f>
-        <v>20.76923076923077</v>
+        <v>17.307692307692307</v>
       </c>
       <c r="C8" s="28">
         <f>G8*24</f>
-        <v>43200</v>
+        <v>36000</v>
       </c>
       <c r="D8" s="28">
         <f>SUM(G8*24+G23*24)</f>
-        <v>75491.66399999999</v>
+        <v>65314.92</v>
       </c>
       <c r="E8" s="58"/>
       <c r="F8" s="28"/>
       <c r="G8" s="47">
-        <v>1800</v>
+        <v>1500</v>
       </c>
       <c r="H8" s="59"/>
       <c r="I8" s="69">
         <v>5</v>
       </c>
       <c r="J8" s="70">
         <v>5</v>
       </c>
       <c r="K8" s="60"/>
       <c r="L8" s="53"/>
       <c r="M8" s="61"/>
       <c r="N8" s="61"/>
       <c r="O8" s="62"/>
       <c r="P8" s="62"/>
       <c r="Q8" s="62"/>
       <c r="R8" s="62"/>
       <c r="S8" s="62"/>
       <c r="T8" s="62"/>
       <c r="U8" s="62"/>
       <c r="V8" s="62"/>
       <c r="W8" s="62"/>
       <c r="X8" s="62"/>
       <c r="Y8" s="62"/>
       <c r="Z8" s="62"/>
       <c r="AA8" s="62"/>
@@ -2627,66 +2629,66 @@
     </row>
     <row r="18" spans="2:12" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="E18" s="11"/>
       <c r="F18" s="11"/>
     </row>
     <row r="19" spans="2:12" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="E19" s="11"/>
       <c r="F19" s="11"/>
     </row>
     <row r="20" spans="2:12" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="E20" s="11"/>
       <c r="F20" s="11"/>
     </row>
     <row r="21" spans="2:12" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="E21" s="11"/>
       <c r="F21" s="11"/>
     </row>
     <row r="22" spans="2:12" ht="27.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
       <c r="D22" s="77" t="s">
         <v>9</v>
       </c>
       <c r="E22" s="77"/>
       <c r="F22" s="77"/>
       <c r="G22" s="20">
         <f>G8</f>
-        <v>1800</v>
+        <v>1500</v>
       </c>
       <c r="H22" s="40"/>
       <c r="I22" s="21" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="23" spans="2:12" ht="27.75" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.5">
       <c r="D23" s="78" t="s">
         <v>11</v>
       </c>
       <c r="E23" s="78"/>
       <c r="F23" s="78"/>
       <c r="G23" s="42">
         <f>B40+C40+D40+B43+C43+D43+B46+C46+D46</f>
-        <v>1345.4859999999999</v>
+        <v>1221.4549999999999</v>
       </c>
       <c r="H23" s="40"/>
       <c r="I23" s="40"/>
     </row>
     <row r="24" spans="2:12" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="E24" s="22"/>
     </row>
     <row r="25" spans="2:12" ht="20.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="E25" s="23"/>
       <c r="F25" s="11"/>
     </row>
     <row r="26" spans="2:12" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="E26" s="22"/>
       <c r="F26" s="11"/>
     </row>
     <row r="27" spans="2:12" ht="45" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B27" s="76" t="s">
         <v>12</v>
       </c>
       <c r="C27" s="76"/>
       <c r="D27" s="76"/>
       <c r="E27" s="76"/>
       <c r="F27" s="76"/>
       <c r="G27" s="76"/>
       <c r="H27" s="76"/>
@@ -2748,405 +2750,405 @@
       <c r="I31" s="80"/>
       <c r="J31" s="80"/>
     </row>
     <row r="32" spans="2:12" ht="31.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B32" s="81" t="s">
         <v>14</v>
       </c>
       <c r="C32" s="81"/>
       <c r="D32" s="81"/>
       <c r="E32" s="81"/>
       <c r="F32" s="81"/>
       <c r="G32" s="81"/>
       <c r="H32" s="81"/>
       <c r="I32" s="81"/>
       <c r="J32" s="81"/>
     </row>
     <row r="33" spans="2:11" ht="17.25" x14ac:dyDescent="0.3">
       <c r="B33" s="67" t="s">
         <v>41</v>
       </c>
       <c r="C33" s="52"/>
       <c r="D33" s="52"/>
       <c r="E33" s="11"/>
       <c r="F33" s="11"/>
     </row>
-    <row r="34" spans="2:11" ht="20.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="34" spans="2:11" ht="4.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="E34" s="11"/>
       <c r="F34" s="11"/>
     </row>
-    <row r="35" spans="2:11" x14ac:dyDescent="0.25">
+    <row r="35" spans="2:11" hidden="1" x14ac:dyDescent="0.25">
       <c r="E35" s="11"/>
       <c r="F35" s="11"/>
     </row>
-    <row r="36" spans="2:11" x14ac:dyDescent="0.25">
+    <row r="36" spans="2:11" hidden="1" x14ac:dyDescent="0.25">
       <c r="E36" s="11"/>
       <c r="F36" s="11"/>
       <c r="K36" s="68"/>
     </row>
-    <row r="37" spans="2:11" x14ac:dyDescent="0.25">
+    <row r="37" spans="2:11" hidden="1" x14ac:dyDescent="0.25">
       <c r="E37" s="11"/>
       <c r="F37" s="11"/>
     </row>
     <row r="38" spans="2:11" ht="40.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="B38" s="3" t="s">
         <v>4</v>
       </c>
       <c r="C38" s="4" t="s">
         <v>23</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>24</v>
       </c>
       <c r="E38" s="11"/>
       <c r="F38" s="11"/>
     </row>
     <row r="39" spans="2:11" ht="20.25" hidden="1" x14ac:dyDescent="0.35">
       <c r="B39" s="36">
         <v>2.3700000000000001E-3</v>
       </c>
       <c r="C39" s="37">
         <v>1.15E-3</v>
       </c>
       <c r="D39" s="38">
-        <v>3.3399999999999999E-2</v>
+        <v>3.5999999999999997E-2</v>
       </c>
       <c r="E39" s="11"/>
       <c r="F39" s="11"/>
     </row>
     <row r="40" spans="2:11" ht="25.5" hidden="1" x14ac:dyDescent="0.25">
       <c r="B40" s="8">
         <f>G8*B39</f>
-        <v>4.266</v>
+        <v>3.5550000000000002</v>
       </c>
       <c r="C40" s="9">
         <f>G8*C39</f>
-        <v>2.0699999999999998</v>
+        <v>1.7249999999999999</v>
       </c>
       <c r="D40" s="9">
         <f>G8*D39</f>
-        <v>60.12</v>
+        <v>53.999999999999993</v>
       </c>
       <c r="E40" s="11"/>
       <c r="F40" s="11"/>
     </row>
     <row r="41" spans="2:11" ht="20.25" hidden="1" x14ac:dyDescent="0.35">
       <c r="B41" s="13" t="s">
         <v>5</v>
       </c>
       <c r="C41" s="14" t="s">
         <v>25</v>
       </c>
       <c r="D41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="E41" s="11"/>
       <c r="F41" s="11"/>
     </row>
     <row r="42" spans="2:11" ht="20.25" hidden="1" x14ac:dyDescent="0.35">
       <c r="B42" s="13"/>
       <c r="C42" s="38">
         <v>1.4500000000000001E-2</v>
       </c>
       <c r="D42" s="38">
         <v>4.45E-3</v>
       </c>
       <c r="E42" s="11"/>
       <c r="F42" s="11"/>
     </row>
     <row r="43" spans="2:11" ht="25.5" hidden="1" x14ac:dyDescent="0.25">
       <c r="B43" s="35">
-        <v>589</v>
+        <v>587</v>
       </c>
       <c r="C43" s="9">
         <f>G8*C42</f>
-        <v>26.1</v>
+        <v>21.75</v>
       </c>
       <c r="D43" s="9">
         <f>G8*D42</f>
-        <v>8.01</v>
+        <v>6.6749999999999998</v>
       </c>
       <c r="E43" s="11"/>
       <c r="F43" s="11"/>
     </row>
     <row r="44" spans="2:11" ht="20.25" hidden="1" x14ac:dyDescent="0.35">
       <c r="B44" s="15" t="s">
         <v>27</v>
       </c>
       <c r="C44" s="16" t="s">
         <v>28</v>
       </c>
       <c r="D44" s="16"/>
       <c r="E44" s="11"/>
       <c r="F44" s="11"/>
     </row>
     <row r="45" spans="2:11" ht="20.25" hidden="1" x14ac:dyDescent="0.35">
       <c r="B45" s="39">
-        <v>0.3024</v>
+        <v>0.30249999999999999</v>
       </c>
       <c r="C45" s="38">
         <v>6.2E-2</v>
       </c>
       <c r="D45" s="31"/>
       <c r="E45" s="11"/>
       <c r="F45" s="11"/>
     </row>
     <row r="46" spans="2:11" ht="25.5" hidden="1" x14ac:dyDescent="0.25">
       <c r="B46" s="17">
         <f>G8*B45</f>
-        <v>544.32000000000005</v>
+        <v>453.75</v>
       </c>
       <c r="C46" s="18">
         <f>G8*C45</f>
-        <v>111.6</v>
+        <v>93</v>
       </c>
       <c r="D46" s="9"/>
       <c r="E46" s="11"/>
       <c r="F46" s="11"/>
     </row>
     <row r="47" spans="2:11" ht="40.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="B47" s="15" t="s">
         <v>6</v>
       </c>
       <c r="C47" s="16" t="s">
         <v>7</v>
       </c>
       <c r="D47" s="16" t="s">
         <v>8</v>
       </c>
       <c r="E47" s="11"/>
       <c r="F47" s="11"/>
     </row>
     <row r="48" spans="2:11" ht="25.5" hidden="1" x14ac:dyDescent="0.25">
       <c r="B48" s="9">
         <f>B8*5</f>
-        <v>103.84615384615385</v>
+        <v>86.538461538461533</v>
       </c>
       <c r="C48" s="9">
         <f>B8*5</f>
-        <v>103.84615384615385</v>
+        <v>86.538461538461533</v>
       </c>
       <c r="D48" s="9">
         <f>B8*4.33</f>
-        <v>89.930769230769229</v>
+        <v>74.942307692307693</v>
       </c>
       <c r="E48" s="11"/>
       <c r="F48" s="11"/>
     </row>
-    <row r="49" spans="5:11" x14ac:dyDescent="0.25">
+    <row r="49" spans="5:11" hidden="1" x14ac:dyDescent="0.25">
       <c r="E49" s="11"/>
       <c r="F49" s="11"/>
       <c r="K49" s="12" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="50" spans="5:11" x14ac:dyDescent="0.25">
+    <row r="50" spans="5:11" hidden="1" x14ac:dyDescent="0.25">
       <c r="E50" s="11"/>
       <c r="F50" s="11"/>
     </row>
-    <row r="51" spans="5:11" x14ac:dyDescent="0.25">
+    <row r="51" spans="5:11" hidden="1" x14ac:dyDescent="0.25">
       <c r="E51" s="11"/>
       <c r="F51" s="11"/>
     </row>
     <row r="52" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E52" s="11"/>
       <c r="F52" s="11"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="MOSegHUCdW7jSuD5MvEtsoCFfbKlQg1I5VxwsM8RVBFforlH9ubATaRO3kGkSaRjTBf93flOKUdkX4UDNfMOfQ==" saltValue="7qVxim2jxjG6CfJ6Q7etWg==" spinCount="100000" sheet="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="Aye2gKS0XnRsBUT58klC8pVYECKRO00m5xzPgrt80PUQSLhQkoFtrDVsshSvzLrwHasTR/enU8vCUmM43zrLQQ==" saltValue="0G2luwBes6mqnnQK5SysFw==" spinCount="100000" sheet="1"/>
   <mergeCells count="16">
     <mergeCell ref="B30:J30"/>
     <mergeCell ref="B31:J31"/>
     <mergeCell ref="B32:J32"/>
     <mergeCell ref="B28:J28"/>
     <mergeCell ref="B1:J1"/>
     <mergeCell ref="B2:J2"/>
     <mergeCell ref="B3:J3"/>
     <mergeCell ref="B4:J4"/>
     <mergeCell ref="B29:J29"/>
     <mergeCell ref="M7:N7"/>
     <mergeCell ref="I6:J6"/>
     <mergeCell ref="I9:J9"/>
     <mergeCell ref="B6:D6"/>
     <mergeCell ref="B27:J27"/>
     <mergeCell ref="D22:F22"/>
     <mergeCell ref="D23:F23"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B31:D31" r:id="rId1" display="Parental leave is available for employees to receive paid time off work to nurture and bond following the birth or adoption of his or her child. Primary caregivers may receive up to six weeks of paid parental leave. Secondary caregivers may receive up to " xr:uid="{00000000-0004-0000-0000-000000000000}"/>
   </hyperlinks>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="18" orientation="landscape" r:id="rId2"/>
   <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:E24"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="D2" sqref="D2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="62.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="10.7109375" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="12.140625" customWidth="1"/>
     <col min="4" max="7" width="9.140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1" s="24" t="s">
         <v>32</v>
       </c>
       <c r="B1" s="33">
         <f>Sheet1!G8</f>
-        <v>1800</v>
+        <v>1500</v>
       </c>
       <c r="C1" s="34">
         <f>B1/$B$10</f>
-        <v>0.57224861277398786</v>
+        <v>0.5511757497368136</v>
       </c>
       <c r="D1" s="32"/>
     </row>
     <row r="2" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A2" t="str">
         <f>"Medical Insurance ($"&amp;medical&amp;" the state pays)"</f>
-        <v>Medical Insurance ($589 the state pays)</v>
+        <v>Medical Insurance ($587 the state pays)</v>
       </c>
       <c r="B2" s="33">
         <f>Sheet1!B43</f>
-        <v>589</v>
+        <v>587</v>
       </c>
       <c r="C2" s="34">
         <f>B2/$B$10</f>
-        <v>0.18725246273548826</v>
+        <v>0.21569344339700638</v>
       </c>
     </row>
     <row r="3" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A3" t="str">
         <f>"Retirement * ("&amp;Pension&amp;"% the state pays)"</f>
-        <v>Retirement * (30.24% the state pays)</v>
+        <v>Retirement * (30.25% the state pays)</v>
       </c>
       <c r="B3" s="33">
         <f>Sheet1!B46</f>
-        <v>544.32000000000005</v>
+        <v>453.75</v>
       </c>
       <c r="C3" s="34">
         <f>B3/$B$10</f>
-        <v>0.17304798050285394</v>
+        <v>0.16673066429538611</v>
       </c>
     </row>
     <row r="4" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A4" t="str">
         <f>"Social Security ** ("&amp;SocSec&amp;"% the state pays)"</f>
         <v>Social Security ** (6.2% the state pays)</v>
       </c>
       <c r="B4" s="33">
         <f>Sheet1!C46</f>
-        <v>111.6</v>
+        <v>93</v>
       </c>
       <c r="C4" s="34">
         <f>B4/$B$10</f>
-        <v>3.5479413991987251E-2</v>
+        <v>3.4172896483682443E-2</v>
       </c>
     </row>
     <row r="5" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
         <v>19</v>
       </c>
       <c r="B5" s="33">
         <f>Sheet1!B40+Sheet1!C40+Sheet1!C43+Sheet1!D43+Sheet1!D40</f>
-        <v>100.566</v>
+        <v>87.704999999999984</v>
       </c>
       <c r="C5" s="34">
         <f>B5/$B$10</f>
-        <v>3.1971529995682701E-2</v>
+        <v>3.2227246087111486E-2</v>
       </c>
     </row>
     <row r="6" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A6" s="24"/>
       <c r="B6" s="25"/>
       <c r="C6" s="25"/>
     </row>
     <row r="7" spans="1:5" x14ac:dyDescent="0.25">
       <c r="C7" s="25"/>
     </row>
     <row r="8" spans="1:5" x14ac:dyDescent="0.25">
       <c r="B8" s="25"/>
       <c r="C8" s="25"/>
     </row>
     <row r="10" spans="1:5" x14ac:dyDescent="0.25">
       <c r="B10" s="25">
         <f>SUM(B1:B8)</f>
-        <v>3145.4859999999999</v>
+        <v>2721.4549999999999</v>
       </c>
       <c r="C10" s="25">
         <f>SUM(B2:B6)</f>
-        <v>1345.4860000000001</v>
+        <v>1221.4549999999999</v>
       </c>
     </row>
     <row r="11" spans="1:5" x14ac:dyDescent="0.25">
       <c r="C11" s="25">
         <f>Sheet1!G23</f>
-        <v>1345.4859999999999</v>
+        <v>1221.4549999999999</v>
       </c>
       <c r="D11" s="25"/>
     </row>
     <row r="12" spans="1:5" x14ac:dyDescent="0.25">
       <c r="C12" s="25">
         <f>SUM(C11-C10)</f>
-        <v>-2.2737367544323206E-13</v>
+        <v>0</v>
       </c>
       <c r="D12" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="13" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="C13" s="25"/>
       <c r="E13" s="26"/>
     </row>
     <row r="14" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A14">
         <f>Retirement</f>
-        <v>0.3024</v>
+        <v>0.30249999999999999</v>
       </c>
     </row>
     <row r="15" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A15">
         <v>100</v>
       </c>
     </row>
     <row r="16" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A16">
         <f>A14*A15</f>
-        <v>30.240000000000002</v>
+        <v>30.25</v>
       </c>
     </row>
     <row r="17" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A17" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="18" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A18">
         <f>SS</f>
         <v>6.2E-2</v>
       </c>
     </row>
     <row r="19" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A19">
         <v>100</v>
       </c>
     </row>
     <row r="20" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A20">
         <f>A18*A19</f>
         <v>6.2</v>
       </c>
     </row>
     <row r="21" spans="1:1" ht="18" x14ac:dyDescent="0.25">